--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="930" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="978" uniqueCount="423">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -1004,71 +1004,83 @@
   <si>
     <t>819</t>
   </si>
   <si>
     <t>Ofício Ref  a resposta ao Ofício nº 30/2024</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>Ofício nº 89/2024/Gab/Pref - Encaminhamento de Lei Sancionada.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>Ofício nº 117/2024 - resposta ao Ofício nº 45/2024</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>Ofício nº 03/2024 - Solicita documentação a respeito da Resolução 31/2024</t>
   </si>
   <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Ofício n° 01/2025 - Associação dos Pequenos Produtores do Mato Dentro</t>
+  </si>
+  <si>
     <t>912</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Ofício nº 002/2025 - Agradecimento pelo apoio na realização do Parlamento Jovem de Minas em sua Câmara, neste ano de sua 21ª edição .</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>Ofício nº 03/2025 - Informar que dia 07 de fevereiro iniciaremos o Campeonato Municipal de Interfirmas de Futsal 2025.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>Ofício nº 03/2025 - Resposta ao ofício nº 12 sobre informações referentes as notificações de escorpiões em Jacuí.</t>
   </si>
   <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>Ofício nº 07/2025- Lista de materiais da Creche Nosso Lar</t>
+  </si>
+  <si>
     <t>924</t>
   </si>
   <si>
     <t>Ofício nº 12/2025 - Solicita apoio para compra de camisetas dos alunos da Escola Estadual Professora Maria Leonor Nasser</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>Resposta ao Ofício nº 12/2025</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>Resposta a indicação nº 12/2025.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>Informações sobre a coleta de pneus em borracharias</t>
   </si>
   <si>
     <t>942</t>
@@ -1109,50 +1121,59 @@
   <si>
     <t>948</t>
   </si>
   <si>
     <t>Resposta a indicação nº 19/2025</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>Resposta a indicação nº 20/2025</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>Resposta indicação nº 21/2025</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>Resposta ao Ofíco nº 09/2025 - relação numérica dos portadores de enfermidade</t>
   </si>
   <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Ofício nº 56/2025 - Verificação de Inscrições de Entidades para Orçamento Participativo</t>
+  </si>
+  <si>
     <t>936</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Ofício nº 60/2025 - Resposta a indicação nº 14/2025</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Ofício nº 61/2025 - Resposta a Indicação nº 15/2025</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Ofício nº 62/2025 - Resposta a indicação nº 11/2025</t>
@@ -1163,102 +1184,147 @@
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Ofício nº63/2025 - resposta a indicação nº 10/2025</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Ofício nº 128/2025 - Forúm Segurança no Campo</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Ofício nº 137/2025 -  Informar o recebimento do recursos financeiros Convênio nº 956834/2024- Máquinas e Equipamentos</t>
   </si>
   <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>Ofício nº 147/2025 -  Resposta à Indicação nº 24/2025</t>
+  </si>
+  <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>Ofício nº 151/2025 -  Resposta à Indicação nº 31/2025, 40/2025 e 42/2025</t>
+  </si>
+  <si>
     <t>979</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Resposta ao Ofício nº 84/2025 - Solicitação de execução da Lei Municipal nº 1.999/2023.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Ofício nº 175/2025 - Resposta ao Ofício nº 03-2025 - sobre a questão do abastecimento de água no municipio de Jacuí.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Ofício nº 025-2025 - Encaminha Leis sancionadas</t>
   </si>
   <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>Ofício nº 257/2025 - Solicitação de inclusão do CBMMG no Codema</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>Ofício nº 282/2025 - Hidrante público</t>
+  </si>
+  <si>
     <t>934</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>Ofício nº 1333/2025- GRSS- resposta ao ofício nº 12/2025</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>Pedido de Declaração de Utilidade Pública - Associação dos Apicultores e Meliponicultores de Jacuí</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>Ofício Sigcon - Saída - Informa quanto a celebração do Convênio nº 1491001062/2025</t>
+  </si>
+  <si>
+    <t>985</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>Ofício de resposta a solicitação a respeito das entidades que estão aptas a receberem recursos do orçamento do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1550,58 +1616,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F155"/>
+  <dimension ref="A1:F163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -4092,131 +4157,131 @@
       </c>
       <c r="B126" t="s">
         <v>274</v>
       </c>
       <c r="C126" t="s">
         <v>256</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>330</v>
       </c>
       <c r="B127" t="s">
         <v>331</v>
       </c>
       <c r="C127" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>333</v>
       </c>
       <c r="B128" t="s">
         <v>331</v>
       </c>
       <c r="C128" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>335</v>
       </c>
       <c r="B129" t="s">
         <v>331</v>
       </c>
       <c r="C129" t="s">
         <v>14</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>337</v>
       </c>
       <c r="B130" t="s">
         <v>331</v>
       </c>
       <c r="C130" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
       <c r="F130" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>339</v>
       </c>
       <c r="B131" t="s">
         <v>331</v>
       </c>
       <c r="C131" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>341</v>
       </c>
       <c r="B132" t="s">
         <v>331</v>
       </c>
       <c r="C132" t="s">
         <v>23</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132" t="s">
@@ -4232,480 +4297,640 @@
       </c>
       <c r="B133" t="s">
         <v>331</v>
       </c>
       <c r="C133" t="s">
         <v>23</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>345</v>
       </c>
       <c r="B134" t="s">
         <v>331</v>
       </c>
       <c r="C134" t="s">
-        <v>218</v>
+        <v>23</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>347</v>
       </c>
       <c r="B135" t="s">
         <v>331</v>
       </c>
       <c r="C135" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D135" t="s">
         <v>8</v>
       </c>
       <c r="E135" t="s">
         <v>9</v>
       </c>
       <c r="F135" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>349</v>
       </c>
       <c r="B136" t="s">
         <v>331</v>
       </c>
       <c r="C136" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D136" t="s">
         <v>8</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>351</v>
       </c>
       <c r="B137" t="s">
         <v>331</v>
       </c>
       <c r="C137" t="s">
-        <v>226</v>
+        <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>8</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>353</v>
       </c>
       <c r="B138" t="s">
         <v>331</v>
       </c>
       <c r="C138" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D138" t="s">
         <v>8</v>
       </c>
       <c r="E138" t="s">
         <v>9</v>
       </c>
       <c r="F138" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>355</v>
       </c>
       <c r="B139" t="s">
         <v>331</v>
       </c>
       <c r="C139" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D139" t="s">
         <v>8</v>
       </c>
       <c r="E139" t="s">
         <v>9</v>
       </c>
       <c r="F139" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>357</v>
       </c>
       <c r="B140" t="s">
         <v>331</v>
       </c>
       <c r="C140" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="D140" t="s">
         <v>8</v>
       </c>
       <c r="E140" t="s">
         <v>9</v>
       </c>
       <c r="F140" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>359</v>
       </c>
       <c r="B141" t="s">
         <v>331</v>
       </c>
       <c r="C141" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141" t="s">
         <v>9</v>
       </c>
       <c r="F141" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>361</v>
       </c>
       <c r="B142" t="s">
         <v>331</v>
       </c>
       <c r="C142" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
       <c r="E142" t="s">
         <v>9</v>
       </c>
       <c r="F142" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>363</v>
       </c>
       <c r="B143" t="s">
         <v>331</v>
       </c>
       <c r="C143" t="s">
-        <v>25</v>
+        <v>235</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143" t="s">
         <v>9</v>
       </c>
       <c r="F143" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>365</v>
       </c>
       <c r="B144" t="s">
         <v>331</v>
       </c>
       <c r="C144" t="s">
+        <v>238</v>
+      </c>
+      <c r="D144" t="s">
+        <v>8</v>
+      </c>
+      <c r="E144" t="s">
+        <v>9</v>
+      </c>
+      <c r="F144" t="s">
         <v>366</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B145" t="s">
         <v>331</v>
       </c>
       <c r="C145" t="s">
-        <v>369</v>
+        <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145" t="s">
         <v>9</v>
       </c>
       <c r="F145" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B146" t="s">
         <v>331</v>
       </c>
       <c r="C146" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B147" t="s">
         <v>331</v>
       </c>
       <c r="C147" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D147" t="s">
         <v>8</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B148" t="s">
         <v>331</v>
       </c>
       <c r="C148" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B149" t="s">
         <v>331</v>
       </c>
       <c r="C149" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B150" t="s">
         <v>331</v>
       </c>
       <c r="C150" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B151" t="s">
         <v>331</v>
       </c>
       <c r="C151" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D151" t="s">
         <v>8</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B152" t="s">
         <v>331</v>
       </c>
       <c r="C152" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D152" t="s">
         <v>8</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B153" t="s">
         <v>331</v>
       </c>
       <c r="C153" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
       <c r="E153" t="s">
         <v>9</v>
       </c>
       <c r="F153" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B154" t="s">
         <v>331</v>
       </c>
       <c r="C154" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154" t="s">
         <v>9</v>
       </c>
       <c r="F154" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B155" t="s">
         <v>331</v>
       </c>
       <c r="C155" t="s">
+        <v>397</v>
+      </c>
+      <c r="D155" t="s">
+        <v>8</v>
+      </c>
+      <c r="E155" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
         <v>399</v>
       </c>
-      <c r="D155" t="s">
-[...5 lines deleted...]
-      <c r="F155" t="s">
+      <c r="B156" t="s">
+        <v>331</v>
+      </c>
+      <c r="C156" t="s">
         <v>400</v>
+      </c>
+      <c r="D156" t="s">
+        <v>8</v>
+      </c>
+      <c r="E156" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>402</v>
+      </c>
+      <c r="B157" t="s">
+        <v>331</v>
+      </c>
+      <c r="C157" t="s">
+        <v>403</v>
+      </c>
+      <c r="D157" t="s">
+        <v>8</v>
+      </c>
+      <c r="E157" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>405</v>
+      </c>
+      <c r="B158" t="s">
+        <v>331</v>
+      </c>
+      <c r="C158" t="s">
+        <v>406</v>
+      </c>
+      <c r="D158" t="s">
+        <v>8</v>
+      </c>
+      <c r="E158" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>408</v>
+      </c>
+      <c r="B159" t="s">
+        <v>331</v>
+      </c>
+      <c r="C159" t="s">
+        <v>409</v>
+      </c>
+      <c r="D159" t="s">
+        <v>8</v>
+      </c>
+      <c r="E159" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>411</v>
+      </c>
+      <c r="B160" t="s">
+        <v>331</v>
+      </c>
+      <c r="C160" t="s">
+        <v>412</v>
+      </c>
+      <c r="D160" t="s">
+        <v>8</v>
+      </c>
+      <c r="E160" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>414</v>
+      </c>
+      <c r="B161" t="s">
+        <v>331</v>
+      </c>
+      <c r="C161" t="s">
+        <v>415</v>
+      </c>
+      <c r="D161" t="s">
+        <v>8</v>
+      </c>
+      <c r="E161" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>417</v>
+      </c>
+      <c r="B162" t="s">
+        <v>331</v>
+      </c>
+      <c r="C162" t="s">
+        <v>418</v>
+      </c>
+      <c r="D162" t="s">
+        <v>8</v>
+      </c>
+      <c r="E162" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>420</v>
+      </c>
+      <c r="B163" t="s">
+        <v>331</v>
+      </c>
+      <c r="C163" t="s">
+        <v>421</v>
+      </c>
+      <c r="D163" t="s">
+        <v>8</v>
+      </c>
+      <c r="E163" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" t="s">
+        <v>422</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>